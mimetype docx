--- v0 (2025-11-10)
+++ v1 (2026-02-23)
@@ -5,121 +5,121 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6CF8A895" w14:textId="77777777" w:rsidR="00FC336C" w:rsidRDefault="00FC336C" w:rsidP="00E95719">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:ind w:left="-198"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A684D6C" w14:textId="2E589726" w:rsidR="00F54BC1" w:rsidRDefault="00642F73" w:rsidP="00E95719">
+    <w:p w14:paraId="1A684D6C" w14:textId="17D6EEF2" w:rsidR="00F54BC1" w:rsidRDefault="00642F73" w:rsidP="00E95719">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:ind w:left="-198"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Année universitaire </w:t>
       </w:r>
       <w:r w:rsidR="00484551">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00C40755">
+      <w:r w:rsidR="005F1EB6">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00484551">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00C40755">
+      <w:r w:rsidR="005F1EB6">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6EF44A" w14:textId="77777777" w:rsidR="00F54BC1" w:rsidRDefault="00F54BC1" w:rsidP="00E95719">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:ind w:left="-198"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="719E7C5E" w14:textId="77777777" w:rsidR="00BC54C1" w:rsidRDefault="00BC54C1" w:rsidP="00E95719">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:ind w:left="-198"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -206,267 +206,253 @@
               <w:t>Date limite de soutenance et de transmission des notes à la Scolarité 2</w:t>
             </w:r>
             <w:r w:rsidRPr="000F50A6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F50A6" w14:paraId="0EF9E359" w14:textId="77777777" w:rsidTr="000F50A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9ADFE3" w14:textId="150624E6" w:rsidR="000F50A6" w:rsidRDefault="000F50A6" w:rsidP="009722E0">
+          <w:p w14:paraId="2A9ADFE3" w14:textId="62D026EC" w:rsidR="000F50A6" w:rsidRDefault="000F50A6" w:rsidP="009722E0">
             <w:pPr>
               <w:pStyle w:val="IEPLIBELLESERVICE"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">En </w:t>
             </w:r>
             <w:r w:rsidR="00C13509">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>juillet 202</w:t>
             </w:r>
-            <w:r w:rsidR="00C40755">
+            <w:r w:rsidR="005F1EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128BDA7C" w14:textId="63AAF40C" w:rsidR="000F50A6" w:rsidRDefault="00880748" w:rsidP="00E95719">
+          <w:p w14:paraId="128BDA7C" w14:textId="689E4821" w:rsidR="000F50A6" w:rsidRDefault="00880748" w:rsidP="00E95719">
             <w:pPr>
               <w:pStyle w:val="IEPLIBELLESERVICE"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00C40755">
+            <w:r w:rsidR="005F1EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> juin 202</w:t>
             </w:r>
-            <w:r w:rsidR="00C40755">
+            <w:r w:rsidR="005F1EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A497428" w14:textId="1B033B69" w:rsidR="000F50A6" w:rsidRDefault="00C40755" w:rsidP="00E95719">
+          <w:p w14:paraId="1A497428" w14:textId="1D438808" w:rsidR="000F50A6" w:rsidRDefault="005F1EB6" w:rsidP="00E95719">
             <w:pPr>
               <w:pStyle w:val="IEPLIBELLESERVICE"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>30 juin</w:t>
-[...13 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6 juillet 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F50A6" w14:paraId="6C7C9429" w14:textId="77777777" w:rsidTr="000F50A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23938561" w14:textId="4CF989AE" w:rsidR="000F50A6" w:rsidRDefault="000F50A6" w:rsidP="009722E0">
+          <w:p w14:paraId="23938561" w14:textId="44C76AF7" w:rsidR="000F50A6" w:rsidRDefault="000F50A6" w:rsidP="009722E0">
             <w:pPr>
               <w:pStyle w:val="IEPLIBELLESERVICE"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>En décembre 20</w:t>
             </w:r>
             <w:r w:rsidR="00C13509">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C40755">
+            <w:r w:rsidR="005F1EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3492" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D70AEFB" w14:textId="202A91A1" w:rsidR="000F50A6" w:rsidRDefault="000F50A6" w:rsidP="00E95719">
+          <w:p w14:paraId="6D70AEFB" w14:textId="50332FA6" w:rsidR="000F50A6" w:rsidRDefault="000F50A6" w:rsidP="00E95719">
             <w:pPr>
               <w:pStyle w:val="IEPLIBELLESERVICE"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00880748">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 août 202</w:t>
             </w:r>
-            <w:r w:rsidR="00C40755">
+            <w:r w:rsidR="005F1EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F5BDBC" w14:textId="503D08C9" w:rsidR="000F50A6" w:rsidRDefault="00880748" w:rsidP="00E95719">
+          <w:p w14:paraId="16F5BDBC" w14:textId="4CDC55B9" w:rsidR="000F50A6" w:rsidRDefault="00880748" w:rsidP="00E95719">
             <w:pPr>
               <w:pStyle w:val="IEPLIBELLESERVICE"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31 octobre 202</w:t>
             </w:r>
-            <w:r w:rsidR="00C40755">
+            <w:r w:rsidR="005F1EB6">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="024CD1F3" w14:textId="77777777" w:rsidR="00B63C85" w:rsidRDefault="00B63C85" w:rsidP="00B63C85">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:ind w:left="162"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="581EFDDD" w14:textId="77777777" w:rsidR="00B63C85" w:rsidRDefault="00D27B96" w:rsidP="00642F73">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="31" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="-198"/>
@@ -1222,74 +1208,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1/ </w:t>
       </w:r>
       <w:r w:rsidRPr="00D27B96">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">EVALUATION DU MEMOIRE : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6979C7" w14:textId="77777777" w:rsidR="00D27B96" w:rsidRDefault="00D27B96" w:rsidP="00E95719">
       <w:pPr>
         <w:pStyle w:val="IEPLIBELLESERVICE"/>
         <w:ind w:left="-198"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F719ED0" w14:textId="77777777" w:rsidR="00D27B96" w:rsidRDefault="00D27B96" w:rsidP="00E95719">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="71D957F5" w14:textId="77777777" w:rsidR="00B63C85" w:rsidRDefault="00D27B96" w:rsidP="000965D7">
       <w:pPr>
         <w:pStyle w:val="CapCorpsLettre"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>NOTE :             /20</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A103AFB" w14:textId="77777777" w:rsidR="00D27B96" w:rsidRDefault="00D27B96" w:rsidP="000965D7">
@@ -2076,74 +2038,50 @@
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="565" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2/ SOUTENANCE DU MEMOIRE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109EFF88" w14:textId="77777777" w:rsidR="000965D7" w:rsidRPr="007511A8" w:rsidRDefault="000965D7" w:rsidP="000965D7">
       <w:pPr>
         <w:pStyle w:val="CapCorpsLettre"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="565" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D5E2DB3" w14:textId="77777777" w:rsidR="00642F73" w:rsidRDefault="00642F73" w:rsidP="00642F73">
       <w:pPr>
         <w:pStyle w:val="CapCorpsLettre"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MEMBRE(S) DU JURY DE SOUTENANCE (hors </w:t>
@@ -2989,145 +2927,145 @@
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:left="0" w:right="-2" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00642F73" w:rsidRPr="00642F73" w:rsidSect="00642F73">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="993" w:header="708" w:footer="512" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="178D4624" w14:textId="77777777" w:rsidR="000241AC" w:rsidRDefault="000241AC" w:rsidP="00155370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="26FE0ED1" w14:textId="77777777" w:rsidR="000241AC" w:rsidRDefault="000241AC" w:rsidP="00155370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Open Sans">
     <w:panose1 w:val="020B0606030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{BB59B8A5-8377-4C82-AA69-222008B19420}"/>
-[...1 lines deleted...]
-    <w:embedBoldItalic r:id="rId3" w:fontKey="{83DB5928-EF9D-474F-B077-91F5076AD606}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{539CB184-3C7B-4F6C-9A51-80B50A668B1F}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{151639A8-C430-4032-A4C2-ACDCB3BF0546}"/>
+    <w:embedBoldItalic r:id="rId3" w:fontKey="{7BDE1774-8890-47D2-A5FA-DB4B3E00CD83}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{2B36BC86-7D0D-4AA3-9D88-7C3319CC3E6C}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId7" w:fontKey="{B69268D3-3F2A-4804-82A3-364EE7E941D3}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{8A8BD68D-0812-4B40-ADA4-43E43083CE74}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{D400E931-D8F2-4829-8773-995677B22E3B}"/>
+    <w:embedItalic r:id="rId6" w:fontKey="{2BA8DAFE-D8AA-478C-B314-6F064E4A4B29}"/>
+    <w:embedBoldItalic r:id="rId7" w:fontKey="{B3FBDB99-7EA2-47AA-966B-A44970321564}"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4323FEE1" w14:textId="77777777" w:rsidR="009F0AED" w:rsidRPr="007A7CC5" w:rsidRDefault="009F0AED" w:rsidP="00305594">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
       </w:tabs>
       <w:ind w:left="5103" w:right="-569"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A7CC5">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Tél. : </w:t>
     </w:r>
     <w:r w:rsidR="00FC336C">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -3166,70 +3104,70 @@
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>scolarite5</w:t>
     </w:r>
     <w:r w:rsidR="00C707E0" w:rsidRPr="007A7CC5">
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>@sciencespo-toulouse.fr</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="323F38BF" w14:textId="77777777" w:rsidR="000241AC" w:rsidRDefault="000241AC" w:rsidP="00155370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="06AD6B8D" w14:textId="77777777" w:rsidR="000241AC" w:rsidRDefault="000241AC" w:rsidP="00155370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F949D39" w14:textId="57D79F85" w:rsidR="00155370" w:rsidRDefault="00C40755" w:rsidP="00F34642">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="060F9AE5" wp14:editId="1FB5F40C">
           <wp:extent cx="1905000" cy="542925"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:docPr id="2" name="Image 1" descr="logo-Bibliothèque"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="logo-Bibliothèque"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
@@ -3315,51 +3253,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="527C2DAC" w14:textId="77777777" w:rsidR="00642F73" w:rsidRDefault="00642F73" w:rsidP="00642F73">
     <w:pPr>
       <w:pStyle w:val="IEPLIBELLESERVICE"/>
       <w:ind w:left="-198"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         <w:b/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grilledutableau"/>
       <w:tblW w:w="10541" w:type="dxa"/>
       <w:tblInd w:w="-198" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3481,51 +3419,51 @@
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t>PROCES VERBAL DE SOUTENANCE</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4CB23111" w14:textId="77777777" w:rsidR="00642F73" w:rsidRDefault="00642F73">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53454A44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49907E66"/>
     <w:lvl w:ilvl="0" w:tplc="8CB20648">
       <w:start w:val="2018"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="162" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Open Sans" w:eastAsia="Times New Roman" w:hAnsi="Open Sans" w:cs="Open Sans" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="882" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3602,179 +3540,182 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5922" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1370377262">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:saveSubsetFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E95719"/>
     <w:rsid w:val="000200C6"/>
     <w:rsid w:val="000241AC"/>
     <w:rsid w:val="000965D7"/>
     <w:rsid w:val="000C10E2"/>
     <w:rsid w:val="000E6ABA"/>
     <w:rsid w:val="000F50A6"/>
+    <w:rsid w:val="001503C6"/>
     <w:rsid w:val="00152B1F"/>
     <w:rsid w:val="00155370"/>
     <w:rsid w:val="002C32BD"/>
     <w:rsid w:val="00305594"/>
     <w:rsid w:val="00374D9C"/>
     <w:rsid w:val="0038540B"/>
     <w:rsid w:val="003A109E"/>
     <w:rsid w:val="003B5136"/>
     <w:rsid w:val="00411FE2"/>
     <w:rsid w:val="004612C4"/>
     <w:rsid w:val="00482379"/>
     <w:rsid w:val="00484551"/>
     <w:rsid w:val="004A54BE"/>
     <w:rsid w:val="004F655F"/>
     <w:rsid w:val="00527088"/>
     <w:rsid w:val="0054792B"/>
     <w:rsid w:val="005962F9"/>
     <w:rsid w:val="005B4F90"/>
     <w:rsid w:val="005D5ADA"/>
+    <w:rsid w:val="005F1EB6"/>
     <w:rsid w:val="00642F73"/>
     <w:rsid w:val="006533FE"/>
     <w:rsid w:val="006665CE"/>
     <w:rsid w:val="006962F8"/>
     <w:rsid w:val="00696BDE"/>
     <w:rsid w:val="00725C6D"/>
     <w:rsid w:val="00767975"/>
     <w:rsid w:val="00771447"/>
     <w:rsid w:val="0079077F"/>
     <w:rsid w:val="007A7CC5"/>
     <w:rsid w:val="007B4A95"/>
     <w:rsid w:val="007E3E42"/>
     <w:rsid w:val="0080280C"/>
     <w:rsid w:val="0082562B"/>
     <w:rsid w:val="00880748"/>
     <w:rsid w:val="009722E0"/>
     <w:rsid w:val="009A51BA"/>
     <w:rsid w:val="009F0AED"/>
     <w:rsid w:val="009F2194"/>
     <w:rsid w:val="00A629E3"/>
     <w:rsid w:val="00AD555E"/>
     <w:rsid w:val="00B050DE"/>
     <w:rsid w:val="00B364C1"/>
     <w:rsid w:val="00B63C85"/>
     <w:rsid w:val="00BA033D"/>
     <w:rsid w:val="00BC54C1"/>
     <w:rsid w:val="00C13509"/>
     <w:rsid w:val="00C17FBC"/>
+    <w:rsid w:val="00C20E8E"/>
     <w:rsid w:val="00C40755"/>
     <w:rsid w:val="00C707E0"/>
     <w:rsid w:val="00CC5654"/>
     <w:rsid w:val="00D27B96"/>
     <w:rsid w:val="00D81AB5"/>
     <w:rsid w:val="00E22029"/>
     <w:rsid w:val="00E46473"/>
     <w:rsid w:val="00E9159F"/>
     <w:rsid w:val="00E95719"/>
     <w:rsid w:val="00EB3159"/>
     <w:rsid w:val="00EC0419"/>
     <w:rsid w:val="00F34642"/>
     <w:rsid w:val="00F54BC1"/>
     <w:rsid w:val="00F73A22"/>
     <w:rsid w:val="00FC336C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7A3E702F"/>
   <w15:docId w15:val="{099D0445-62BA-4C7E-A3C1-D7846CD83D8C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4657,51 +4598,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00642F73"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sthau\Documents\Custom%20Office%20Templates\IEP_Modeles\SCPO_Modele_Attestation_v2014.dotx" TargetMode="External"/></Relationships>
 </file>
 
@@ -4973,67 +4914,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>SCPO_Modele_Attestation_v2014.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>422</Words>
-  <Characters>2321</Characters>
+  <Words>401</Words>
+  <Characters>2206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2738</CharactersWithSpaces>
+  <CharactersWithSpaces>2602</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>sthau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>